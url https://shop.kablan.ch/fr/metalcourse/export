--- v0 (2026-01-07)
+++ v1 (2026-03-10)
@@ -437,106 +437,132 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Aluminiumkurs (CHF/t)</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Kupferkurs (CHF/t)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>02.01.2026</t>
+          <t>02.03.2026</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>2397</v>
+        <v>2524</v>
       </c>
       <c r="C2" t="n">
-        <v>9962</v>
+        <v>10377</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>05.01.2026</t>
+          <t>03.03.2026</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>2449</v>
+        <v>2592</v>
       </c>
       <c r="C3" t="n">
-        <v>10309</v>
+        <v>10226</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>06.01.2026</t>
+          <t>04.03.2026</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>2449</v>
+        <v>2661</v>
       </c>
       <c r="C4" t="n">
-        <v>10591</v>
+        <v>10272</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Monatsdurchschnitt des aktuellen Monats</t>
+          <t>05.03.2026</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>2431.67</v>
+        <v>2470</v>
       </c>
       <c r="C5" t="n">
-        <v>10287.33</v>
+        <v>10176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
+          <t>06.03.2026</t>
+        </is>
+      </c>
+      <c r="B6" t="n">
+        <v>2654</v>
+      </c>
+      <c r="C6" t="n">
+        <v>10136</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Monatsdurchschnitt des aktuellen Monats</t>
+        </is>
+      </c>
+      <c r="B7" t="n">
+        <v>2580.2</v>
+      </c>
+      <c r="C7" t="n">
+        <v>10237.4</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
           <t>Monatsdurchschnitt des vorherigen Monats</t>
         </is>
       </c>
-      <c r="B6" t="n">
-[...3 lines deleted...]
-        <v>9477.33</v>
+      <c r="B8" t="n">
+        <v>2412.9</v>
+      </c>
+      <c r="C8" t="n">
+        <v>10187.35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>